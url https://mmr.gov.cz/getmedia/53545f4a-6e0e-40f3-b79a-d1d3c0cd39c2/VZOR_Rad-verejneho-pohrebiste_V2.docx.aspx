--- v0 (2025-10-09)
+++ v1 (2025-11-17)
@@ -5586,160 +5586,106 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">K výrobě rakví a jejich nátěrů nesmí být použity barvy, lepidla a tvrdidla, obsahující složky škodlivých látek. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48E268EF" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="0043176B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="9" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Milodary vložené do rakve mohou být vyrobeny také pouze ze snadno rozložitelných materiálů. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30E0803A" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="0043176B">
+    <w:p w14:paraId="7336FD9E" w14:textId="7502F07C" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="004F61A5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="9" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pro pohřbívání do hrobek je nutno použít rakve: </w:t>
-[...72 lines deleted...]
-        <w:t xml:space="preserve">dle ČSN Rakve. </w:t>
+        <w:t xml:space="preserve">Pro pohřbívání do hrobek je nutno použít </w:t>
+      </w:r>
+      <w:r w:rsidR="004F61A5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dřevěné </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00130D65">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>rakve</w:t>
+      </w:r>
+      <w:r w:rsidR="004F61A5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FAC9747" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="0043176B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="480" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="692" w:right="11" w:hanging="408"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Maximální rozměry rakví v hrobkách nesmějí překročit délku 2,15 m a šíři 0,85 m.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B344274" w14:textId="77777777" w:rsidR="005B5C82" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="00171176">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="17" w:hanging="11"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Článek 9</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EE636CD" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="00171176">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:spacing w:after="480" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="17" w:hanging="11"/>
         <w:rPr>
@@ -5920,71 +5866,71 @@
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>návrh na protokolování předání pracoviště před i po pohřební včetně fotografií příslušného hrobového místa před jeho otevřením a fotografie bezprostředně sousedících hrobů.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D503033" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="0043176B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="9" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Zaměstnanec pohřební služby, který bude hrob nebo hrobku otevírat, musí být provozovatelem / správcem pohřebiště seznámen s řádem pohřebiště, místními podmínkami a s jinými informacemi nezbytnými pro bezpečné a nezávadné otevření hrobu nebo hrobky.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="085608AC" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="0043176B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="9" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Provádí-li otevření hrobu nebo hrobky zaměstnanec provozovatele pohřební služby, provozovatel / správce pohřebiště je oprávněn kdykoli</w:t>
       </w:r>
       <w:r w:rsidR="0043176B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67975093" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="0043176B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="9" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -7006,136 +6952,207 @@
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="22B4C079" w14:textId="0C7E0AB1" w:rsidR="000B689B" w:rsidRDefault="00301117">
+  <w:p w14:paraId="22B4C079" w14:textId="0573E874" w:rsidR="000B689B" w:rsidRPr="000C56B8" w:rsidRDefault="00301117">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4537"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>Verze 3, 1. 10. 2025</w:t>
+      <w:t xml:space="preserve">Verze </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>3</w:t>
+    </w:r>
+    <w:r w:rsidR="00FB65A3">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>a</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, </w:t>
+    </w:r>
+    <w:r w:rsidR="00FB65A3">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>22</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>. 10. 2025</w:t>
     </w:r>
     <w:r w:rsidR="00FA7498">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00FA7498">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00FA7498">
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="00FA7498">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00FC526A">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>22</w:t>
     </w:r>
     <w:r w:rsidR="00FA7498">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00FA7498">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3D4B979E" w14:textId="77777777" w:rsidR="009B1C8C" w:rsidRDefault="009B1C8C" w:rsidP="009B1C8C">
     <w:pPr>
       <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00130D65">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>* / dle výběru</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="45B167A3" w14:textId="563629E7" w:rsidR="00E727D6" w:rsidRDefault="00E727D6" w:rsidP="009B1C8C">
+  <w:p w14:paraId="45B167A3" w14:textId="25296570" w:rsidR="00E727D6" w:rsidRDefault="00E727D6" w:rsidP="009B1C8C">
     <w:pPr>
       <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>Verze 3</w:t>
+      <w:t xml:space="preserve">Verze </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>3</w:t>
+    </w:r>
+    <w:r w:rsidR="00FB65A3">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>a</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidR="00301117">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, </w:t>
+    </w:r>
+    <w:r w:rsidR="00FB65A3">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>22</w:t>
     </w:r>
     <w:r w:rsidR="00301117">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>, 1. 10. 2025</w:t>
+      <w:t>. 10. 2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5522E092" w14:textId="77777777" w:rsidR="00EB10E8" w:rsidRDefault="00EB10E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="57970AFC" w14:textId="77777777" w:rsidR="00EB10E8" w:rsidRDefault="00EB10E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
@@ -16052,116 +16069,122 @@
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000B689B"/>
     <w:rsid w:val="000B654E"/>
     <w:rsid w:val="000B689B"/>
     <w:rsid w:val="000C1C00"/>
+    <w:rsid w:val="000C56B8"/>
     <w:rsid w:val="000C7D51"/>
     <w:rsid w:val="00111E38"/>
     <w:rsid w:val="00127F1E"/>
     <w:rsid w:val="00130D65"/>
     <w:rsid w:val="00166436"/>
     <w:rsid w:val="001709EE"/>
     <w:rsid w:val="00171176"/>
     <w:rsid w:val="001825A1"/>
     <w:rsid w:val="002423E5"/>
+    <w:rsid w:val="00270460"/>
     <w:rsid w:val="00273323"/>
     <w:rsid w:val="00280D20"/>
     <w:rsid w:val="002B004C"/>
     <w:rsid w:val="00301117"/>
     <w:rsid w:val="00333E1F"/>
     <w:rsid w:val="004172E4"/>
     <w:rsid w:val="0043176B"/>
     <w:rsid w:val="004746E6"/>
     <w:rsid w:val="004E4EAB"/>
     <w:rsid w:val="004E5EC7"/>
+    <w:rsid w:val="004F61A5"/>
     <w:rsid w:val="004F67E4"/>
     <w:rsid w:val="004F7748"/>
     <w:rsid w:val="005534F6"/>
     <w:rsid w:val="005B5C82"/>
     <w:rsid w:val="005E5336"/>
     <w:rsid w:val="006703D3"/>
     <w:rsid w:val="00677C9F"/>
+    <w:rsid w:val="006A666F"/>
     <w:rsid w:val="00731567"/>
     <w:rsid w:val="00771197"/>
     <w:rsid w:val="0077550A"/>
+    <w:rsid w:val="00794EFD"/>
     <w:rsid w:val="00797104"/>
     <w:rsid w:val="007D3623"/>
     <w:rsid w:val="007F6384"/>
     <w:rsid w:val="00852748"/>
     <w:rsid w:val="00856DB4"/>
     <w:rsid w:val="008C2E02"/>
     <w:rsid w:val="008D4AA6"/>
     <w:rsid w:val="008E0B49"/>
     <w:rsid w:val="00902A73"/>
     <w:rsid w:val="0091220C"/>
     <w:rsid w:val="00915868"/>
     <w:rsid w:val="009A0BA5"/>
     <w:rsid w:val="009B03A4"/>
     <w:rsid w:val="009B1C8C"/>
     <w:rsid w:val="009C15ED"/>
     <w:rsid w:val="00A92FB2"/>
     <w:rsid w:val="00AA4F47"/>
     <w:rsid w:val="00AF7632"/>
     <w:rsid w:val="00BA7C55"/>
     <w:rsid w:val="00BE6670"/>
     <w:rsid w:val="00C077B6"/>
     <w:rsid w:val="00C13F78"/>
     <w:rsid w:val="00C14BED"/>
     <w:rsid w:val="00C42945"/>
     <w:rsid w:val="00C52E08"/>
     <w:rsid w:val="00C85160"/>
     <w:rsid w:val="00D2424D"/>
     <w:rsid w:val="00D33C41"/>
     <w:rsid w:val="00D3733B"/>
     <w:rsid w:val="00E2779A"/>
     <w:rsid w:val="00E4482C"/>
     <w:rsid w:val="00E727D6"/>
     <w:rsid w:val="00EB10E8"/>
     <w:rsid w:val="00F62B5B"/>
     <w:rsid w:val="00F743DB"/>
     <w:rsid w:val="00F962C0"/>
     <w:rsid w:val="00FA7498"/>
+    <w:rsid w:val="00FB65A3"/>
     <w:rsid w:val="00FC526A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -17082,68 +17105,68 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90B822F1-1F8A-4013-98F2-1BF3693DE6B8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>24</Pages>
-  <Words>6363</Words>
-  <Characters>37546</Characters>
+  <Words>6344</Words>
+  <Characters>37435</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>312</Lines>
+  <Lines>311</Lines>
   <Paragraphs>87</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Město …</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MMR</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>43822</CharactersWithSpaces>
+  <CharactersWithSpaces>43692</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Město …</dc:title>
   <dc:subject/>
   <dc:creator>uzivatel</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>