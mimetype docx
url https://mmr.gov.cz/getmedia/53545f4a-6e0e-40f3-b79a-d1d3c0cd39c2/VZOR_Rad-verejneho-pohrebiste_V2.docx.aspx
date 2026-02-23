--- v1 (2025-11-17)
+++ v2 (2026-02-23)
@@ -775,71 +775,71 @@
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">společné hroby pro ukládání nezpopelněných lidských ostatků (kostnice) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6978D06E" w14:textId="117EA628" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="008E0B49">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="9" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>vojenské pohřebiště</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AE0EA25" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="008E0B49">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="9" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">židovský hřbitov </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="018373A6" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="008E0B49">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="11" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>smuteční obřadní síň</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AF8517E" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="004E5EC7">
       <w:pPr>
@@ -1042,52 +1042,58 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>. Nájemce nesmí bez souhlasu zastupitelstva obce/města … odstranit hrobové zařízení hrobového místa. V případě, že o další užívání hrobového místa, na kterém se nachází hrob prohlášený za „Čestný hrob“, neprojeví nájemci zájem nebo v případě, že hrobové zařízení vykazuje znaky opuštěnosti, je obec/město … povinno učinit na své náklady opatření směřující k zachování pietnosti a důstojnosti hrobu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="352FE86F" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="004E5EC7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="480" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="11" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:t xml:space="preserve">Náhrobek, vykazující vysoké uměleckořemeslné zpracování, je možné rozhodnutím rady obce/města … prohlásit za „Cenný náhrobek“. Nájemce nesmí bez souhlasu rady obce/města … odstranit hrobové zařízení hrobového místa. V případě, že o další užívání hrobového místa, na kterém se nachází hrob prohlášený za „Cenný náhrobek“, neprojeví </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00130D65">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Náhrobek, vykazující vysoké uměleckořemeslné zpracování, je možné rozhodnutím rady obce/města … prohlásit za „Cenný náhrobek“. Nájemce nesmí bez souhlasu rady obce/města … odstranit hrobové zařízení hrobového místa. V případě, že o další užívání hrobového místa, na kterém se nachází hrob prohlášený za „Cenný náhrobek“, neprojeví zájem nájemci nebo v případě, že hrobové zařízení vykazuje znaky opuštěnosti, je obec/město … povinno učinit na své náklady opatření směřující k</w:t>
+        <w:t>zájem nájemci nebo v případě, že hrobové zařízení vykazuje znaky opuštěnosti, je obec/město … povinno učinit na své náklady opatření směřující k</w:t>
       </w:r>
       <w:r w:rsidR="001825A1" w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>zachování „Cenného náhrobku“.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09F4AD17" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="008E0B49">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="17" w:hanging="11"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
@@ -1370,91 +1376,91 @@
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">údržba a úprava společných hrobů, kostnic, mezinárodního pohřebiště a ve sjednaném rozsahu i čestných hrobových míst </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E771CAC" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="004E5EC7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="11" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">zveřejňování informací v místě na daném pohřebišti obvyklém pro potřeby veřejnosti </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A93C2CF" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="004E5EC7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="11" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Na pohřebištích obce/města … jsou poskytovány doplňkové služby na žádost nájemce nebo vlastníka hrobového zařízení či hrobky, které nejsou kalkulovány v ceně nájmu, jako například:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01A54E41" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="004E5EC7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="11" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>manipulace se zetlelými, nezetlelými i zpopelněnými lidskými ostatky v rámci pohřebiště</w:t>
       </w:r>
       <w:r w:rsidR="004172E4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DB7B8EE" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="004E5EC7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="11" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -1765,79 +1771,79 @@
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Na pohřebišti v části … je tlecí doba stanovena v délce minimálně … let za současné podmínky, že ukládání lidských ostatků je možné pouze do standardních hrobů. Tato podmínka platí do doby vybudování odvodnění hřbitova, kterým bude zajištěno trvalé snížení hladiny podzemní vody nad úrovní jejího kolísání. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0926CA74" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="004172E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="480" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="11" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Všichni zemřelí nezávisle na místě úmrtí mohou být na tomto veřejném pohřebišti pohřbeni, ale pouze se souhlasem provozovatele / správce pohřebiště. Den před přijetím lidských pozůstatků je potřeba předložit provozovateli / správci kopii Listu o</w:t>
       </w:r>
       <w:r w:rsidR="001825A1" w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">prohlídce zemřelého, kterou uloží minimálně po tlecí dobu v příloze hřbitovní knihy. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30317538" w14:textId="77777777" w:rsidR="00915868" w:rsidRPr="00130D65" w:rsidRDefault="00915868" w:rsidP="007F6384">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="17" w:hanging="11"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Článek 4</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="746ABE35" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="007F6384">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:spacing w:after="360" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="17" w:hanging="11"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Doba zpřístupnění pohřebiště, povinnosti návštěvníků, způsob a pravidla užívání zařízení</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E0FE16E" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="004172E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
@@ -2276,71 +2282,71 @@
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Osobám pod vlivem návykových a psychotropních látek je vstup na pohřebiště zakázán, rovněž je zakázáno požívání alkoholických nápojů na pohřebišti. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FEDAC5F" w14:textId="77777777" w:rsidR="00902A73" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="004172E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="9" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Motorová vozidla mohou na pohřebiště vjíždět a zdržovat se jen s prokazatelným souhlasem provozovatele / správce po předchozí úhradě úplaty dle ceníku a za podmínek stanovených provozovatelem / správcem. Jde zejména o dodržování vyhrazených jízdních tras, maximální povolené rychlosti apod. Ve zvlášť odůvodněných případech může provozovatel / správce pohřebiště povolit výjimku. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BFA8BE8" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="004172E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="9" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Na pohřebišti není dovolena jízda i jinými vozidly s výjimkou vozíků invalidních občanů, kteří jsou úplaty zproštěni. Chodci mají vždy přednost před vozidly. Přednost v jízdě má vozidlo, které přijíždí zprava. Pojízdné a zpevněné plochy na pohřebištích mohou být užívány k odstavení vozidla na nezbytně nutnou dobu pouze tak, aby tím nebyl omezován pohyb jiných vozidel. Na pohřebištích je zakázáno provádět opravy, údržbu a mytí vozidel. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65D6237D" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="004172E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="47" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Parkoviště uvnitř pohřebiště je povoleno užívat pouze v provozní době pohřebiště. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="631C54F0" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="004172E4">
       <w:pPr>
@@ -2473,58 +2479,51 @@
       </w:r>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">tomu určených. Vstup na vsypové a rozptylové louky je pro veřejnost zakázán. Věnce a kytice lze umísťovat jen na plochy a způsobem na místě určeném. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4863DD67" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="004172E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="47" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ukládání nádob, nářadí, jiných předmětů, včetně dílů hrobového zařízení na zelené pásy a místa kolem hrobových míst není dovoleno. Nádoby na odpadky na pohřebišti slouží jen pro ukládání odpadu z pohřebiště – mimo odpadu stavebního a </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">nebezpečného. Pokud je na pohřebišti zavedeno třídění odpadu, je nutno toto opatření respektovat. </w:t>
+        <w:t xml:space="preserve">Ukládání nádob, nářadí, jiných předmětů, včetně dílů hrobového zařízení na zelené pásy a místa kolem hrobových míst není dovoleno. Nádoby na odpadky na pohřebišti slouží jen pro ukládání odpadu z pohřebiště – mimo odpadu stavebního a nebezpečného. Pokud je na pohřebišti zavedeno třídění odpadu, je nutno toto opatření respektovat. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A318C6A" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="004172E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="9" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Návštěvníkům je zakázáno provádět jakékoli zásahy do vzrostlé zeleně na pohřebišti. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19E489BD" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="004172E4">
       <w:pPr>
         <w:numPr>
@@ -2540,50 +2539,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Na pohřebišti je povoleno provádět práce pouze v takovém rozsahu a způsobem, který stanoví tento Řád a provozovatel / správce. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F84D938" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="004172E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="9" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Na pohřebišti je dovoleno umístění reklam pouze na vyhrazených místech po předchozím souhlasu provozovatele / správce pohřebiště. Není dovoleno umístění reklam na stromech ani zařízeních pohřebiště ani hrobových místech a hrobových zařízeních. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="568E3713" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="004172E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="9" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Na pohřebišti rovněž není dovoleno pořádat presentační akce soukromých subjektů zaměřené na výkon následné služby pro nájemce či prodej jimi nabízeného zboží. Všechny podnikatelské subjekty, které chtějí vykonávat jakékoli práce či služby pro nájemce, mají oznamovací povinnost k této činnosti vůči provozovateli / správci pohřebiště. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28E3A5F3" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="004172E4">
       <w:pPr>
@@ -2684,51 +2684,50 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">vědomím provozovatele / správce pohřebiště, nebo s jeho předchozím souhlasem, jeli ho dle tohoto řádu potřeba. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46F57B39" w14:textId="77777777" w:rsidR="00915868" w:rsidRPr="00130D65" w:rsidRDefault="00915868" w:rsidP="007F6384">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="17" w:hanging="11"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Článek 5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52851A70" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="007F6384">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:spacing w:after="360" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="17" w:hanging="11"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Povinnosti provozovatele a správce pohřebiště</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="575427A2" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="004172E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
@@ -2785,51 +2784,58 @@
       </w:r>
       <w:r w:rsidR="00111E38">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45DCCFFD" w14:textId="2AB9009A" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="004172E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="9" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Zdržet se ve styku s pozůstalými chování nešetrného k jejich citům a umožnit při smutečních obřadech účast registrovaných církví, náboženských společností a jiných osob v souladu s projevenou zemřelé osoby, a pokud se tato osoba během svého života ke smutečnímu obřadu nevyslovila, také v souladu s projevenou vůlí osob uvedených v §</w:t>
+        <w:t xml:space="preserve">Zdržet se ve styku s pozůstalými chování nešetrného k jejich citům a umožnit při smutečních obřadech účast registrovaných církví, náboženských společností a jiných osob v souladu s projevenou zemřelé osoby, a pokud se tato osoba během svého </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00130D65">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>života ke smutečnímu obřadu nevyslovila, také v souladu s projevenou vůlí osob uvedených v §</w:t>
       </w:r>
       <w:r w:rsidR="00D33C41">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>114 odst. 1</w:t>
       </w:r>
       <w:r w:rsidR="00D33C41">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>občanského zákoníku, je-li provozovateli / správci známa</w:t>
       </w:r>
@@ -3053,51 +3059,50 @@
       </w:r>
       <w:r w:rsidR="00111E38">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B711FC4" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="00111E38">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="9" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>V případě zákazu pohřbívání bezodkladně písemně informovat nájemce hrobových míst, pokud je mu známa jejich adresa a současně informovat veřejnost o tomto zákazu v místě na daném pohřebišti obvyklém</w:t>
       </w:r>
       <w:r w:rsidR="00111E38">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DDC7E11" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="00111E38">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="9" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -3162,51 +3167,58 @@
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="9" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Připravit k pronájmu nová místa pro hroby, hrobky, urnová místa apod. (tzn. vytýčit – označit schématickým plánkem, číselně označit, vyčistit) tak, aby se minimalizoval negativní dopad na již existující hrobová místa. Pronajímat tato místa a provádět obnovu nájmu zájemcům za podmínek, stanovených zákonem o</w:t>
       </w:r>
       <w:r w:rsidR="009A0BA5" w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>pohřebnictví a Řádem tak, aby vznikly ucelené řady, oddíly, či skupiny hrobových míst stejného charakteru a rozměrů</w:t>
+        <w:t xml:space="preserve">pohřebnictví a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00130D65">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Řádem tak, aby vznikly ucelené řady, oddíly, či skupiny hrobových míst stejného charakteru a rozměrů</w:t>
       </w:r>
       <w:r w:rsidR="00111E38">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1681B54B" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="00111E38">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="9" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
@@ -3374,51 +3386,50 @@
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Spolupracovat při provádění evidence a vyřizování stížností včetně reklamací souvisejících se správou pohřebiště. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1457DEC2" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="00111E38">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="9" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Písemně upozornit nájemce na skončení sjednané doby nájmu nejméně 90 dnů před jejím skončením. Není-li mu trvalý pobyt, nebo sídlo nájemce znám, uveřejní tuto informaci v místě na daném pohřebišti obvyklém, nejméně 60 dnů před skončením sjednané doby nájmu. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A096969" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="00111E38">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="9" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Během doby trvání nájmu zajistit k hrobovému místu přístup a zdržet se jakýchkoli zásahů do hrobového místa, s výjimkou případů, kdy je nezbytné bezodkladně zajistit bezpečný provoz pohřebiště, mimo kopání hrobů nebo opravy hrobových zařízení a hrobek v sousedství avšak jen na dobu nezbytně nutnou. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="261D85B6" w14:textId="40376632" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="00111E38">
       <w:pPr>
@@ -3431,50 +3442,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Písemně (protokolárně) předložit provozovateli pohřebiště … alespoň 1x ročně návrh na předání náhrobků a ostatního hrobového zařízení, které si nájemce neodebere, nebo nezajistí prokazatelně jeho odstranění do 30 dnů po skončení nájmu, ač byl k tomu vyzván. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="559F632B" w14:textId="77777777" w:rsidR="005B5C82" w:rsidRPr="008E0B49" w:rsidRDefault="00FA7498" w:rsidP="004E5EC7">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E0B49">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Článek 6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EAC5078" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="008E0B49" w:rsidRDefault="00FA7498" w:rsidP="004E5EC7">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:spacing w:after="360" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E0B49">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Užívání hrobového místa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1398025C" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="00E4482C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
@@ -3593,51 +3605,50 @@
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>K uzavření smlouvy o nájmu hrobového místa je zájemce o nájem povinen poskytnout pronajímateli – správci pohřebiště zejména tyto údaje:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="088B03E8" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="00E4482C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="9" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>jméno a příjmení zemřelé osoby, jejíž lidské pozůstatky nebo ostatky jsou na pohřebišti uloženy, místo a datum jejího narození a úmrtí,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58218265" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="00E4482C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="9" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>List o prohlídce zemřelého,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18942F7D" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="00E4482C">
       <w:pPr>
@@ -3706,50 +3717,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>jméno, příjmení, adresu místa trvalého pobytu a data narození nájemce hrobového místa, jde-li o fyzickou osobu, nebo obchodní jméno, název nebo obchodní firmu, sídlo a identifikační číslo osoby nájemce hrobového místa, jde-li o právnickou osobu,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37BF1932" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="00E4482C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="9" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>datum uzavření nájemní smlouvy a dobu trvání závazku včetně údajů o změně smlouvy,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3936770B" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="00E4482C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="9" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>údaje o hrobce, náhrobku a hrobovém zařízení daného hrobového místa, včetně údajů o vlastníku, pokud je znám, není-li vlastníkem nájemce a to nejméně v</w:t>
       </w:r>
       <w:r w:rsidR="00127F1E" w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -3951,51 +3963,50 @@
       </w:r>
       <w:r w:rsidR="00E4482C" w:rsidRPr="004746E6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="424C4BB3" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="00E4482C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="44" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Provozovatel pohřebiště omezil maximální délku nájmu místa na pohřebišti na dobu … let a minimální délku nájmu místa na … let (ne však na dobu kratší než je stanovená tlecí doba při pohřbení). Osvobození od úhrady nájmu jakož i slevy z cen může učinit pouze provozovatel pohřebiště.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0400F35D" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="00E4482C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="44" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Platným uzavřením nájemní smlouvy k hrobovému místu na pohřebišti vzniká nájemci právo zřídit na místě hrob, hrobku, urnové místo, včetně vybudování náhrobku a hrobového zařízení (rám, krycí desky apod.) a vysázet květiny, to vše v</w:t>
       </w:r>
       <w:r w:rsidR="005E5336" w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -4048,51 +4059,58 @@
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="44" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Uložení konstrukce pro ukládání vykopané zeminy při výkopu vedlejšího hrobu a</w:t>
       </w:r>
       <w:r w:rsidR="00677C9F" w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>nutné kamenické práce na přilehlém hrobovém místě, to vše v odůvodněných případech a na nezbytně nutnou dobu, není omezením práva nájemce ve smyslu § 25 zákona o pohřebnictví. Dojde-li k zásahu do hrobového místa, nebo zařízení a</w:t>
+        <w:t xml:space="preserve">nutné kamenické práce na přilehlém hrobovém místě, to vše v odůvodněných případech a na </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00130D65">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>nezbytně nutnou dobu, není omezením práva nájemce ve smyslu § 25 zákona o pohřebnictví. Dojde-li k zásahu do hrobového místa, nebo zařízení a</w:t>
       </w:r>
       <w:r w:rsidR="00677C9F" w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>vznikne-li tímto škoda, je povinen hrobové místo uvést do původního stavu, nebo škodu nahradit ten, kdo škodu způsobil. To platí i v případě, že škůdce ke své činnosti přibral třetí osobu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C409B37" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="00E4482C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="44" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -4164,58 +4182,51 @@
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="9" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>odstranit včas znehodnocené květinové a jiné dary, odpad z vyhořelých svíček a</w:t>
       </w:r>
       <w:r w:rsidR="00BA7C55" w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">další předměty, které narušují estetický vzhled pohřebiště. Neodstraní-li tyto předměty </w:t>
-[...6 lines deleted...]
-        <w:t>nájemce hrobového místa, je provozovatel / správce pohřebiště oprávněn tak učinit sám.</w:t>
+        <w:t>další předměty, které narušují estetický vzhled pohřebiště. Neodstraní-li tyto předměty nájemce hrobového místa, je provozovatel / správce pohřebiště oprávněn tak učinit sám.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45EC94ED" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="00E4482C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="44" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Nájemce je povinen neprodleně zajistit opravu hrobového zařízení pokud je narušena jeho stabilita a ohrožuje tím zdraví, životy, nebo majetek dalších osob. Pokud tak nájemce neučiní po uplynutí lhůty uvedené ve výzvě provozovatele / správce, je provozovatel / správce pohřebiště oprávněn zajistit bezpečnost na náklady a riziko nájemce hrobového místa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="201A2ED4" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="00E4482C">
       <w:pPr>
         <w:numPr>
@@ -4283,50 +4294,51 @@
       </w:r>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>jiným účelům. Nájemce je povinen strpět na hrobovém místě vhodně umístěný odkaz na uveřejněnou informaci ve vývěsce týkající se upozornění nájemce na skončení doby nájmu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5149482A" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="00E4482C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="44" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Pokud se hrobka nebo hrobové zařízení staly opuštěnou po účinnosti zákona </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0362471B" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="00E4482C">
       <w:pPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="9" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>č. 89/2012 Sb., občanský zákoník (tj. od 1. ledna 2014) a jsou zároveň stavbou, bude od 1. ledna 2024 provozovatelem pohřebiště provedena nabídka příslušnému Úřadu pro zastupování státu ve věcech majetkových.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C4E9419" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00797104" w:rsidRDefault="00FA7498" w:rsidP="00E4482C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
@@ -4375,58 +4387,51 @@
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="44" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Byl-li nájemce hrobového místa prokazatelně vyzván před ukončením nájmu k</w:t>
       </w:r>
       <w:r w:rsidR="00BA7C55" w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">vyklizení hrobu od movitých i nemovitých věcí, v souladu s § 2225 občanského zákoníku při skončení nájmu předá nájemce hrobové místo vyklizené do 30 dnů od skončení nájmu. Při odevzdání hrobového zařízení nebo hrobky si nájemce vezme vše, </w:t>
-[...6 lines deleted...]
-        <w:t>kromě uložených lidských ostatků, ať zpopelněných nebo nezpopelněných, protože v souladu s § 493 občanského zákoníku lidské ostatky nejsou věcí.</w:t>
+        <w:t>vyklizení hrobu od movitých i nemovitých věcí, v souladu s § 2225 občanského zákoníku při skončení nájmu předá nájemce hrobové místo vyklizené do 30 dnů od skončení nájmu. Při odevzdání hrobového zařízení nebo hrobky si nájemce vezme vše, kromě uložených lidských ostatků, ať zpopelněných nebo nezpopelněných, protože v souladu s § 493 občanského zákoníku lidské ostatky nejsou věcí.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="631634F1" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="00E4482C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="44" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Po zániku nájmu se lidské ostatky nezpopelněné i zpopelněné ponechají na dosavadním místě. Při nájmu hrobového místa novým nájemcem budou tyto lidské ostatky v průběhu nového pohřbení uloženy pod úroveň dna hrobu. Není-li možné využít úroveň dna hrobu, uloží se lidské ostatky do společného hrobu téhož pohřebiště.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65F9E175" w14:textId="77777777" w:rsidR="00E4482C" w:rsidRDefault="00FA7498" w:rsidP="00E4482C">
       <w:pPr>
         <w:numPr>
@@ -4481,50 +4486,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00E4482C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Smlouvy o nájmu hrobových míst přímo stanoví, že pokud ke dni skončení sjednané doby nájmu nebude hrobové místo vyklizeno od hrobového zařízení či hrobky, počíná běžet tzv. čekací doba pro opuštěnost dle občanského zákoníku.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="160604FB" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="00E4482C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="480" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="11" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Některá hrobová zařízení nebo hrobky lze provozovateli pohřebiště darovat písemnou darovací smlouvou.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FF9CC39" w14:textId="77777777" w:rsidR="00915868" w:rsidRPr="008E0B49" w:rsidRDefault="00915868" w:rsidP="00171176">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="17" w:hanging="11"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E0B49">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Článek 7</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D1CAC02" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="008E0B49" w:rsidRDefault="00FA7498" w:rsidP="005534F6">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:spacing w:after="360" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="17" w:hanging="11"/>
         <w:rPr>
@@ -4585,51 +4591,50 @@
       </w:r>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>rozsahu:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66B93DD4" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="008C2E02">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="9" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Určí rozměry, tvar hrobového zařízení, případně druh použitého materiálu, minimální hloubku základů, odstupňování hrobového zařízení ve svahovitém terénu, šířku uliček mezi hrobovým zařízením, způsob uložení zeminy a odpadu při zřizování hrobového zařízení, jeho opravách a likvidaci. Jednotlivé díly hrobového zařízení musí být mezi sebou pevně kotveny</w:t>
       </w:r>
       <w:r w:rsidR="00797104">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B85D736" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="008C2E02">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="9" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -4794,50 +4799,51 @@
       </w:r>
       <w:r w:rsidR="00797104">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5909E383" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="009B03A4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="9" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>vytvořit zadání pro projektovou dokumentaci ke stavbě hrobky (např. tvar hrobky a odvětrávání, typ terénu a půdy, prostoru hrobky pro požadovaný počet rakví, výkopu pro požadovaný počet rakví)</w:t>
       </w:r>
       <w:r w:rsidR="00797104">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B6A01DD" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="009B03A4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="9" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -4898,51 +4904,50 @@
       </w:r>
       <w:r w:rsidR="00797104">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54B77184" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="009B03A4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="9" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>zhotovit základové pasy včetně dodržení technologických postupů a parametrů pro zvolený materiál stavby</w:t>
       </w:r>
       <w:r w:rsidR="00797104">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C8ACA85" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="009B03A4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="9" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -5107,102 +5112,96 @@
       </w:r>
       <w:r w:rsidR="00797104">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6269169B" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="009B03A4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="9" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>V průběhu zhotovování, údržby, oprav, nebo odstraňování hrobky, hrobového zařízení na pohřebišti odpovídá nájemce hrobového místa za udržování pořádku, za skladování potřebného materiálu na místech a způsobem určeným provozovatelem / správcem pohřebiště. Odstraňovaný stavební materiál, náhrobky, či jejich části, stejně tak i</w:t>
       </w:r>
       <w:r w:rsidR="00273323" w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>vykopanou zeminu je nájemce povinen nejpozději před přerušením práce téhož dne odvézt na určené místo skládky a případně uložit do příslušného kontejneru. Při těchto pracích nesmí být cesty a uličky na pohřebišti užívány k jin</w:t>
       </w:r>
       <w:r w:rsidR="00273323" w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>ým účelům</w:t>
       </w:r>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> než ke komunikačním a nesmí být jejich průchodnost omezována.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74951B49" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="009B03A4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="9" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Po skončení uvedených prací je nájemce povinen na svůj náklad uvést okolí příslušného hrobového místa a místa, která při práci znečistil, do původního stavu nejpozději do 48 hodin. Ukončení prací je nájemce povinen ohlásit provozovateli / správci pohřebiště a je povinen uhradit náklady spojené s odvozem a likvidací odpadu, včetně odpadu </w:t>
-[...6 lines deleted...]
-        <w:t>biologicky nebezpečného, vzniklého při pracích na hrobovém místě, pokud tak neučinil na vlastní náklad sám. Spolu s tím nahlásí změny hrobového zařízení, zakládající povinnost změnit, či doplnit předepsanou evidenci. Totéž platí při likvidaci hrobového zařízení včetně základů a stavby hrobky.</w:t>
+        <w:t>Po skončení uvedených prací je nájemce povinen na svůj náklad uvést okolí příslušného hrobového místa a místa, která při práci znečistil, do původního stavu nejpozději do 48 hodin. Ukončení prací je nájemce povinen ohlásit provozovateli / správci pohřebiště a je povinen uhradit náklady spojené s odvozem a likvidací odpadu, včetně odpadu biologicky nebezpečného, vzniklého při pracích na hrobovém místě, pokud tak neučinil na vlastní náklad sám. Spolu s tím nahlásí změny hrobového zařízení, zakládající povinnost změnit, či doplnit předepsanou evidenci. Totéž platí při likvidaci hrobového zařízení včetně základů a stavby hrobky.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1744BDB4" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="009B03A4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="9" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Na hrobovém místě lze vysadit strom nebo keř pouze s předchozím písemným povolením provozovatele / správce pohřebiště. Provozovatel / správce může nájemci přikázat odstranění vysazené dřeviny bez jeho souhlasu, případně odstranit takovou výsadbu na náklad nájemce hrobového místa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="432E515F" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="009B03A4">
       <w:pPr>
         <w:numPr>
@@ -5310,51 +5309,58 @@
         </w:rPr>
         <w:t>Obdobně jako při přijímání lidských pozůstatků k pohřbení provozovatel / správce dbá na to, aby převzetí nezpopelněných lidských ostatků bylo doloženo alespoň úmrtním listem a průvodním dopisem s uvedením, o čí ostatky se jedná, odkud jsou (číslo hrobu a název pohřebiště) a</w:t>
       </w:r>
       <w:r w:rsidR="00F743DB" w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidR="00F743DB" w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">koho zájmu se exhumace a převoz prováděl (číslo objednávky a smluvní strany); u urny postačí předložit doklad o zpopelnění, který obsahuje údaje shodné s identifikačním štítkem. Tyto dokumenty by měly být podkladem i pro evidenci související s provozováním pohřebiště. </w:t>
+        <w:t xml:space="preserve">koho zájmu se exhumace a převoz prováděl (číslo objednávky a smluvní strany); u urny postačí předložit doklad o zpopelnění, který obsahuje údaje </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00130D65">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">shodné s identifikačním štítkem. Tyto dokumenty by měly být podkladem i pro evidenci související s provozováním pohřebiště. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="593CCD24" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="0043176B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="9" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Zpopelněné lidské ostatky je možné uložit na p</w:t>
       </w:r>
       <w:r w:rsidR="00F743DB" w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
@@ -5394,51 +5400,50 @@
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">V době po úmrtí nájemce, má-li být tento uložen do hrobu, jehož byl nájemcem, zajistí provozovatel / správce úhradu nájemného na dobu tlecí od vypravitele pohřbu nebo jiné zmocněné osoby. Nepožádá-li nikdo o uzavření nájemní smlouvy k předmětnému místu, zůstává toto hrobové místo po tlecí dobu bez nájemce s povinností provozovatele / správce o toto místo pečovat. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E90333C" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="0043176B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="9" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Bez ohledu na uplynutí tlecí doby může být s nezpopelněnými i zpopelněnými lidskými ostatky v rámci pohřebiště manipulováno pouze na základě předchozího souhlasu provozovatele / správce pohřebiště. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D0A392C" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="0043176B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="9" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Nezpopelněné i zpopelněné lidské ostatky mohou být exhumovány, tj. přemístěny nebo převezeny na jiné pohřebiště, pouze na písemnou a odůvodněnou žádost nájemce hrobového místa a nájemce nového hrobového místa na jiném pohřebišti, a to jen s</w:t>
       </w:r>
       <w:r w:rsidR="00BE6670" w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -5543,50 +5548,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Rakve, použité pro pohřbívání do země, musí být vyrobeny z takových materiálů, aby ve stanovené tlecí době zetlely spolu s lidskými ostatky. Za zetlelé se považují zbytky rakví (hlavních desek) o maximální velikosti 0,5 m2 držící vcelku. Pro výrobu rakví ukládaných do hrobu na pohřebišti, nesmějí být použity díly z nerozložitelných materiálů. Kovový díl (madla rakve apod.) lze použít jen omezeně. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D9A8247" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="0043176B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="9" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Výplň rakví (vystýlka), transportní vaky vložené do rakví a rubáše mohou být vyrobeny pouze z lehce rozložitelných materiálů jako dřevěné piliny, papír, u vaků rozložitelné plasty a u rubášů látky. Tkanina, ze které je oblečení zemřelého vyrobeno, by měla být nejlépe bez chemických příměsí. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B8498B0" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="0043176B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="9" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">K výrobě rakví a jejich nátěrů nesmí být použity barvy, lepidla a tvrdidla, obsahující složky škodlivých látek. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48E268EF" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="0043176B">
       <w:pPr>
@@ -5641,51 +5647,50 @@
       </w:r>
       <w:r w:rsidR="004F61A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FAC9747" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="0043176B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="480" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="692" w:right="11" w:hanging="408"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Maximální rozměry rakví v hrobkách nesmějí překročit délku 2,15 m a šíři 0,85 m.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B344274" w14:textId="77777777" w:rsidR="005B5C82" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="00171176">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="17" w:hanging="11"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Článek 9</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EE636CD" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="00171176">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:spacing w:after="480" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="17" w:hanging="11"/>
         <w:rPr>
@@ -5826,50 +5831,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>osvědčení o získání profesní kvalifikace Hrobník nebo potvrzení o absolvování školení hrobníků od zaměstnance provozovatele pohřební služby, který bude hrob nebo hrobku otevírat,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="743451EE" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="0043176B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="9" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>doklad o ověření znalostí předpisů BOZP a PO,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1637FF77" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="0043176B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="9" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>návrh na protokolování předání pracoviště před i po pohřební včetně fotografií příslušného hrobového místa před jeho otevřením a fotografie bezprostředně sousedících hrobů.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D503033" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="0043176B">
       <w:pPr>
@@ -5886,51 +5892,50 @@
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Zaměstnanec pohřební služby, který bude hrob nebo hrobku otevírat, musí být provozovatelem / správcem pohřebiště seznámen s řádem pohřebiště, místními podmínkami a s jinými informacemi nezbytnými pro bezpečné a nezávadné otevření hrobu nebo hrobky.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="085608AC" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="0043176B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="9" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Provádí-li otevření hrobu nebo hrobky zaměstnanec provozovatele pohřební služby, provozovatel / správce pohřebiště je oprávněn kdykoli</w:t>
       </w:r>
       <w:r w:rsidR="0043176B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67975093" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="0043176B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="9" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -6065,67 +6070,67 @@
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Provozovatel / správce pohřebiště zajistí při otevření hrobu a hrobky provoz na pohřebišti tak, aby nebyl narušen veřejný pořádek a aby byl vyloučen přenos možné nákazy.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B616A6C" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="0043176B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="480" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="11" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Náklady vzniklé provozovateli / správci pohřebiště v souvislosti s otevřením hrobu nebo hrobky hradí ten, kdo o otevření požádal. Provozovatel pohřebiště má nárok na úhradu přiměřených nákladů za poskytnuté výše uvedené a další související služby.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="133CAF0B" w14:textId="77777777" w:rsidR="00FC526A" w:rsidRPr="00130D65" w:rsidRDefault="00FC526A" w:rsidP="00171176">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="17" w:hanging="11"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Článek </w:t>
       </w:r>
       <w:r w:rsidR="005B5C82" w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A13EB93" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="00171176">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:spacing w:after="360" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="17" w:hanging="11"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Dřeviny a lavičky</w:t>
       </w:r>
     </w:p>
@@ -6316,50 +6321,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>okrašlování</w:t>
       </w:r>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> hrobových míst a hrobového zařízení provádějí nájemci nebo podnikající fyzické či právnické osoby nájemcem pověřené.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08B5F765" w14:textId="77777777" w:rsidR="005B5C82" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="00D33C41">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-4" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Článek 1</w:t>
       </w:r>
       <w:r w:rsidR="005B5C82" w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47E09C08" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="00D33C41">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:spacing w:after="360" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-4" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Sankce</w:t>
       </w:r>
     </w:p>
@@ -6370,58 +6376,51 @@
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="9" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Porušení tohoto Řádu bude postihováno podle § 5 odst. 1 písm. i) zákona č. 251/2016 Sb., o některých přestupcích</w:t>
       </w:r>
       <w:r w:rsidR="00166436" w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> jako přestupek proti veřejnému pořádku, zvláště pokud </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">fyzická osoba poruší podmínky uložené v tomto Řádu při konání pohřbu nebo pietního aktu. </w:t>
+        <w:t xml:space="preserve"> jako přestupek proti veřejnému pořádku, zvláště pokud fyzická osoba poruší podmínky uložené v tomto Řádu při konání pohřbu nebo pietního aktu. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C4A40C9" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="0043176B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="9" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Přestupku se dopustí také ten, kdo dle zákona o pohřebnictví </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37A416D8" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="0043176B">
       <w:pPr>
         <w:numPr>
@@ -6627,79 +6626,79 @@
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Výjimky z Řádu pohřebiště dle individuální žádosti může schválit provozovatel pohřebiště.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08B11898" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="0043176B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="480" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="11" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Pokud pohřebiště, nebo jeho část, včetně hrobových zařízení, jsou zapsány v seznamu kulturních památek, nebo se nacházejí na území památkového zájmu, či jsou v</w:t>
       </w:r>
       <w:r w:rsidR="002B004C" w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>seznamu válečných hrobů a pohřebišť vztahují se na péči o ně zvláštní právní předpisy.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D0942F5" w14:textId="77777777" w:rsidR="00FC526A" w:rsidRPr="00130D65" w:rsidRDefault="00FC526A" w:rsidP="00171176">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="17" w:right="6" w:hanging="11"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Článek 1</w:t>
       </w:r>
       <w:r w:rsidR="005B5C82" w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="375A6C46" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="00171176">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:spacing w:after="360" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="17" w:right="6" w:hanging="11"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130D65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Zrušující ustanovení</w:t>
       </w:r>
     </w:p>
@@ -6879,79 +6878,79 @@
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="14D1446D" w14:textId="77777777" w:rsidR="00EB10E8" w:rsidRDefault="00EB10E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7D6A736C" w14:textId="77777777" w:rsidR="000B689B" w:rsidRDefault="00FA7498">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4537"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
@@ -7011,66 +7010,79 @@
     <w:proofErr w:type="gramEnd"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:r w:rsidR="00FB65A3">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>22</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>. 10. 2025</w:t>
     </w:r>
     <w:r w:rsidR="00FA7498">
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00FA7498">
+    <w:r w:rsidR="00FA7498" w:rsidRPr="00C25A48">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00FA7498">
+    <w:r w:rsidR="00FA7498" w:rsidRPr="00C25A48">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidR="00FA7498">
+    <w:r w:rsidR="00FA7498" w:rsidRPr="00C25A48">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00FC526A">
-      <w:rPr>
+    <w:r w:rsidR="00FC526A" w:rsidRPr="00C25A48">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:noProof/>
       </w:rPr>
       <w:t>22</w:t>
     </w:r>
-    <w:r w:rsidR="00FA7498">
+    <w:r w:rsidR="00FA7498" w:rsidRPr="00C25A48">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00FA7498">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3D4B979E" w14:textId="77777777" w:rsidR="009B1C8C" w:rsidRDefault="009B1C8C" w:rsidP="009B1C8C">
     <w:pPr>
       <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00130D65">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="20"/>
@@ -8144,185 +8156,159 @@
                 <v:fill on="true" color="#c0c0c0" opacity="0.501961"/>
               </v:shape>
               <v:shape id="Shape 23990" style="position:absolute;width:8347;height:15992;left:30009;top:9617;" coordsize="834700,1599290" path="m0,0l6075,1911c161267,57930,309047,154918,449255,295127c641787,487659,754944,692509,794822,908536c834700,1124564,788345,1296267,661345,1423395c532821,1551791,363784,1599290,152583,1560173c126183,1555284,99894,1549226,73716,1541982l0,1518132l0,1303197l63805,1342360c134323,1382371,202653,1411250,268661,1429109c403535,1465177,511866,1440159,593654,1358371c680903,1271121,708208,1151234,671378,1002135c634421,852784,517200,677651,317302,477626c208844,369231,106196,282871,9581,217910l0,211904l0,0x">
                 <v:stroke weight="0pt" endcap="flat" joinstyle="miter" miterlimit="10" on="false" color="#000000" opacity="0"/>
                 <v:fill on="true" color="#c0c0c0" opacity="0.501961"/>
               </v:shape>
               <v:shape id="Shape 23987" style="position:absolute;width:6989;height:9836;left:29023;top:0;" coordsize="698917,983651" path="m694277,0l698917,116l698917,188817l662686,179451c641223,175958,620554,174919,600688,176258c541091,180276,488728,205708,443865,250571c417195,277368,386715,318516,353822,376174l698917,721185l698917,983651l358140,642874c278765,563372,223012,520319,190373,513461c145542,503809,104648,517017,69596,551942c57912,563626,46228,575310,34544,586994c22987,575564,11430,563880,0,552450c113030,439293,226187,326263,339217,213233c438150,114300,520065,50292,587248,23114c620522,9779,656241,1968,694277,0x">
                 <v:stroke weight="0pt" endcap="flat" joinstyle="miter" miterlimit="10" on="false" color="#000000" opacity="0"/>
                 <v:fill on="true" color="#c0c0c0" opacity="0.501961"/>
               </v:shape>
               <v:shape id="Shape 23988" style="position:absolute;width:14948;height:18196;left:36012;top:1;" coordsize="1494881,1819667" path="m0,0l54138,1352c74299,3329,95024,6805,116296,11822c201640,33666,280888,79005,353786,151903c431383,229500,480278,316368,500979,410348c521172,504963,503138,603642,448782,705623c633567,764170,819876,818272,1004661,876819c1131407,917205,1225514,933842,1284315,929905c1343117,926095,1401917,901838,1460337,858658c1471767,870215,1483324,881645,1494881,893202c1411950,976006,1329146,1058937,1246215,1141741c944463,1046872,640298,959496,338546,864500c316067,888884,297779,908950,283301,923428c277205,929651,270982,935747,263235,941716c256377,948574,249519,955432,241010,962036c363692,1084718,486501,1207527,609183,1330209c688685,1409711,744438,1452764,777077,1459622c821273,1469909,861405,1457590,896457,1422538c908649,1410346,920714,1398281,932906,1386089c944336,1397646,955893,1409076,967450,1420633c834354,1553729,701385,1686698,568416,1819667c556859,1808110,545429,1796680,533872,1785123c545556,1773439,557240,1761755,568924,1750071c608040,1710955,618835,1664854,601055,1613292c590768,1584082,550001,1533409,477992,1461527l0,983535l0,721070l182082,903108c191099,894218,198592,886725,204815,880502c211800,875295,217388,869834,221452,865643c310098,777124,352135,683525,344134,585862c335498,488961,292699,399934,211419,318527c151888,258995,90643,218324,27521,195815l0,188701l0,0x">
                 <v:stroke weight="0pt" endcap="flat" joinstyle="miter" miterlimit="10" on="false" color="#000000" opacity="0"/>
                 <v:fill on="true" color="#c0c0c0" opacity="0.501961"/>
               </v:shape>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4755D971" w14:textId="77777777" w:rsidR="000B689B" w:rsidRDefault="00FA7498">
+  <w:p w14:paraId="4755D971" w14:textId="1B12D3FF" w:rsidR="000B689B" w:rsidRDefault="00C25A48">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="1" w:firstLine="0"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="68E52CCC" wp14:editId="3AF48BFD">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C5BA7E4" wp14:editId="748B0ED9">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="page">
-            <wp:posOffset>137795</wp:posOffset>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-403860</wp:posOffset>
           </wp:positionH>
-          <wp:positionV relativeFrom="page">
-            <wp:posOffset>449580</wp:posOffset>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-220980</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="2158365" cy="469265"/>
-[...3 lines deleted...]
-          <wp:cNvGraphicFramePr/>
+          <wp:extent cx="1475580" cy="640111"/>
+          <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+          <wp:wrapTopAndBottom/>
+          <wp:docPr id="329491453" name="Obrázek 2" descr="Obsah obrázku text, Písmo, snímek obrazovky, Grafika&#10;&#10;Obsah generovaný pomocí AI může být nesprávný."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="24" name="Picture 24"/>
+                  <pic:cNvPr id="329491453" name="Obrázek 2" descr="Obsah obrázku text, Písmo, snímek obrazovky, Grafika&#10;&#10;Obsah generovaný pomocí AI může být nesprávný."/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1"/>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2158365" cy="469265"/>
+                    <a:ext cx="1475580" cy="640111"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00FA7498">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4383AD53" w14:textId="77777777" w:rsidR="000B689B" w:rsidRDefault="00FA7498">
+  <w:p w14:paraId="756DFAD2" w14:textId="15C5920C" w:rsidR="000B689B" w:rsidRDefault="00FA7498" w:rsidP="00C25A48">
     <w:pPr>
       <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
-    </w:pPr>
-[...7 lines deleted...]
-      <w:ind w:left="38" w:firstLine="0"/>
       <w:jc w:val="center"/>
-      <w:rPr>
-[...13 lines deleted...]
-      </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00130D65">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:i/>
         <w:color w:val="767171"/>
       </w:rPr>
       <w:t>Návrh vzorového řádu pohřebiště v souladu s novelou zákona o pohřebnictví účinnou od</w:t>
     </w:r>
     <w:r w:rsidR="00D3733B">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:i/>
         <w:color w:val="767171"/>
       </w:rPr>
       <w:t> </w:t>
     </w:r>
     <w:r w:rsidRPr="00130D65">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:i/>
         <w:color w:val="767171"/>
       </w:rPr>
       <w:t>1.</w:t>
     </w:r>
     <w:r w:rsidR="00D3733B">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:i/>
         <w:color w:val="767171"/>
       </w:rPr>
       <w:t> </w:t>
     </w:r>
     <w:r w:rsidRPr="00130D65">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:i/>
         <w:color w:val="767171"/>
       </w:rPr>
       <w:t>září 2017</w:t>
     </w:r>
-    <w:r w:rsidRPr="00130D65">
-[...8 lines deleted...]
-  <w:p w14:paraId="756DFAD2" w14:textId="77777777" w:rsidR="000B689B" w:rsidRDefault="00FA7498">
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:noProof/>
         <w:sz w:val="22"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52AB48BE" wp14:editId="10128714">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>1153427</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>3570986</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5096116" cy="4254500"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="23948" name="Group 23948"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                   <wpg:wgp>
@@ -9194,106 +9180,128 @@
                 <v:fill on="true" color="#c0c0c0" opacity="0.501961"/>
               </v:shape>
               <v:shape id="Shape 23952" style="position:absolute;width:8347;height:15992;left:30009;top:9617;" coordsize="834700,1599290" path="m0,0l6075,1911c161267,57930,309047,154918,449255,295127c641787,487659,754944,692509,794822,908536c834700,1124564,788345,1296267,661345,1423395c532821,1551791,363784,1599290,152583,1560173c126183,1555284,99894,1549226,73716,1541982l0,1518132l0,1303197l63805,1342360c134323,1382371,202653,1411250,268661,1429109c403535,1465177,511866,1440159,593654,1358371c680903,1271121,708208,1151234,671378,1002135c634421,852784,517200,677651,317302,477626c208844,369231,106196,282871,9581,217910l0,211904l0,0x">
                 <v:stroke weight="0pt" endcap="flat" joinstyle="miter" miterlimit="10" on="false" color="#000000" opacity="0"/>
                 <v:fill on="true" color="#c0c0c0" opacity="0.501961"/>
               </v:shape>
               <v:shape id="Shape 23949" style="position:absolute;width:6989;height:9836;left:29023;top:0;" coordsize="698917,983651" path="m694277,0l698917,116l698917,188817l662686,179451c641223,175958,620554,174919,600688,176258c541091,180276,488728,205708,443865,250571c417195,277368,386715,318516,353822,376174l698917,721185l698917,983651l358140,642874c278765,563372,223012,520319,190373,513461c145542,503809,104648,517017,69596,551942c57912,563626,46228,575310,34544,586994c22987,575564,11430,563880,0,552450c113030,439293,226187,326263,339217,213233c438150,114300,520065,50292,587248,23114c620522,9779,656241,1968,694277,0x">
                 <v:stroke weight="0pt" endcap="flat" joinstyle="miter" miterlimit="10" on="false" color="#000000" opacity="0"/>
                 <v:fill on="true" color="#c0c0c0" opacity="0.501961"/>
               </v:shape>
               <v:shape id="Shape 23950" style="position:absolute;width:14948;height:18196;left:36012;top:1;" coordsize="1494881,1819667" path="m0,0l54138,1352c74299,3329,95024,6805,116296,11822c201640,33666,280888,79005,353786,151903c431383,229500,480278,316368,500979,410348c521172,504963,503138,603642,448782,705623c633567,764170,819876,818272,1004661,876819c1131407,917205,1225514,933842,1284315,929905c1343117,926095,1401917,901838,1460337,858658c1471767,870215,1483324,881645,1494881,893202c1411950,976006,1329146,1058937,1246215,1141741c944463,1046872,640298,959496,338546,864500c316067,888884,297779,908950,283301,923428c277205,929651,270982,935747,263235,941716c256377,948574,249519,955432,241010,962036c363692,1084718,486501,1207527,609183,1330209c688685,1409711,744438,1452764,777077,1459622c821273,1469909,861405,1457590,896457,1422538c908649,1410346,920714,1398281,932906,1386089c944336,1397646,955893,1409076,967450,1420633c834354,1553729,701385,1686698,568416,1819667c556859,1808110,545429,1796680,533872,1785123c545556,1773439,557240,1761755,568924,1750071c608040,1710955,618835,1664854,601055,1613292c590768,1584082,550001,1533409,477992,1461527l0,983535l0,721070l182082,903108c191099,894218,198592,886725,204815,880502c211800,875295,217388,869834,221452,865643c310098,777124,352135,683525,344134,585862c335498,488961,292699,399934,211419,318527c151888,258995,90643,218324,27521,195815l0,188701l0,0x">
                 <v:stroke weight="0pt" endcap="flat" joinstyle="miter" miterlimit="10" on="false" color="#000000" opacity="0"/>
                 <v:fill on="true" color="#c0c0c0" opacity="0.501961"/>
               </v:shape>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7DBE70C8" w14:textId="77777777" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="0077550A">
+  <w:p w14:paraId="0887B9A9" w14:textId="77777777" w:rsidR="00C25A48" w:rsidRDefault="00C25A48" w:rsidP="0077550A">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:i/>
+        <w:color w:val="767171"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00130D65">
-[...1 lines deleted...]
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:i/>
         <w:noProof/>
+        <w:color w:val="767171"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="31D4CCE1" wp14:editId="4BC49992">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3DA67D11" wp14:editId="7868DA41">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="page">
-            <wp:posOffset>96982</wp:posOffset>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-432435</wp:posOffset>
           </wp:positionH>
-          <wp:positionV relativeFrom="page">
-            <wp:posOffset>401782</wp:posOffset>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-211455</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="2158365" cy="469265"/>
-          <wp:effectExtent l="0" t="0" r="0" b="6985"/>
+          <wp:extent cx="1475105" cy="640080"/>
+          <wp:effectExtent l="0" t="0" r="0" b="7620"/>
           <wp:wrapTopAndBottom/>
-          <wp:docPr id="886157078" name="Picture 24"/>
-          <wp:cNvGraphicFramePr/>
+          <wp:docPr id="2039142959" name="Obrázek 1" descr="Obsah obrázku text, Písmo, snímek obrazovky, Grafika&#10;&#10;Obsah generovaný pomocí AI může být nesprávný."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="24" name="Picture 24"/>
+                  <pic:cNvPr id="2039142959" name="Obrázek 1" descr="Obsah obrázku text, Písmo, snímek obrazovky, Grafika&#10;&#10;Obsah generovaný pomocí AI může být nesprávný."/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1"/>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2158365" cy="469265"/>
+                    <a:ext cx="1475105" cy="640080"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
+  </w:p>
+  <w:p w14:paraId="7DBE70C8" w14:textId="2D71F9C5" w:rsidR="000B689B" w:rsidRPr="00130D65" w:rsidRDefault="00FA7498" w:rsidP="0077550A">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0" w:firstLine="0"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      </w:rPr>
+    </w:pPr>
     <w:r w:rsidRPr="00130D65">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:i/>
         <w:color w:val="767171"/>
       </w:rPr>
       <w:t>Návrh vzorového řádu pohřebiště v souladu s novelou zákona o pohřebnictví účinnou od</w:t>
     </w:r>
     <w:r w:rsidR="001709EE">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:i/>
         <w:color w:val="767171"/>
       </w:rPr>
       <w:t> </w:t>
     </w:r>
     <w:r w:rsidRPr="00130D65">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:i/>
         <w:color w:val="767171"/>
       </w:rPr>
       <w:t>1.</w:t>
     </w:r>
     <w:r w:rsidR="001709EE">
@@ -16126,52 +16134,54 @@
     <w:rsid w:val="0077550A"/>
     <w:rsid w:val="00794EFD"/>
     <w:rsid w:val="00797104"/>
     <w:rsid w:val="007D3623"/>
     <w:rsid w:val="007F6384"/>
     <w:rsid w:val="00852748"/>
     <w:rsid w:val="00856DB4"/>
     <w:rsid w:val="008C2E02"/>
     <w:rsid w:val="008D4AA6"/>
     <w:rsid w:val="008E0B49"/>
     <w:rsid w:val="00902A73"/>
     <w:rsid w:val="0091220C"/>
     <w:rsid w:val="00915868"/>
     <w:rsid w:val="009A0BA5"/>
     <w:rsid w:val="009B03A4"/>
     <w:rsid w:val="009B1C8C"/>
     <w:rsid w:val="009C15ED"/>
     <w:rsid w:val="00A92FB2"/>
     <w:rsid w:val="00AA4F47"/>
     <w:rsid w:val="00AF7632"/>
     <w:rsid w:val="00BA7C55"/>
     <w:rsid w:val="00BE6670"/>
     <w:rsid w:val="00C077B6"/>
     <w:rsid w:val="00C13F78"/>
     <w:rsid w:val="00C14BED"/>
+    <w:rsid w:val="00C25A48"/>
     <w:rsid w:val="00C42945"/>
     <w:rsid w:val="00C52E08"/>
+    <w:rsid w:val="00C542C3"/>
     <w:rsid w:val="00C85160"/>
     <w:rsid w:val="00D2424D"/>
     <w:rsid w:val="00D33C41"/>
     <w:rsid w:val="00D3733B"/>
     <w:rsid w:val="00E2779A"/>
     <w:rsid w:val="00E4482C"/>
     <w:rsid w:val="00E727D6"/>
     <w:rsid w:val="00EB10E8"/>
     <w:rsid w:val="00F62B5B"/>
     <w:rsid w:val="00F743DB"/>
     <w:rsid w:val="00F962C0"/>
     <w:rsid w:val="00FA7498"/>
     <w:rsid w:val="00FB65A3"/>
     <w:rsid w:val="00FC526A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
@@ -16816,55 +16826,55 @@
     <w:semiHidden/>
     <w:rsid w:val="0043176B"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:color w:val="000000"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Kancelář">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -17104,51 +17114,51 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90B822F1-1F8A-4013-98F2-1BF3693DE6B8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>24</Pages>
+  <Pages>23</Pages>
   <Words>6344</Words>
   <Characters>37435</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>311</Lines>
   <Paragraphs>87</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Město …</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MMR</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>43692</CharactersWithSpaces>